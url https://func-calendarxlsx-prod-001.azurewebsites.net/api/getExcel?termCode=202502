--- v0 (2025-10-22)
+++ v1 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51c22f2bc8824219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7914fa21325f43bdad576be838e42684.psmdcp" Id="R56f5c16cdbff4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782cd7fcf725494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7aedb7ed7cc84d99af4a4fcd96dcddb1.psmdcp" Id="Rd961e3a8881d49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Info" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$N$34</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>TermCode</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
   <x:si>
     <x:t>Grade Submission Deadline</x:t>
   </x:si>
   <x:si>
     <x:t>5/5/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Grades Available to Students</x:t>
   </x:si>
   <x:si>
     <x:t>5/6/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Degree Confirmation Date for Spring Candidates</x:t>
   </x:si>
   <x:si>
     <x:t>5/8/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This spreadsheet file was generated on </x:t>
   </x:si>
   <x:si>
-    <x:t>Tuesday, October 21, 2025 at 11:18 PM.</x:t>
+    <x:t>Saturday, December 13, 2025 at 11:42 PM.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>This information may be subject to change at any</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">time. Please review the online academic calendar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">often. Go to https://registrar.gatech.edu/calendar. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>