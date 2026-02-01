--- v1 (2025-12-14)
+++ v2 (2026-02-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782cd7fcf725494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7aedb7ed7cc84d99af4a4fcd96dcddb1.psmdcp" Id="Rd961e3a8881d49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30ac48d869d4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b264d5ac5b9e49e5b60f04317165892c.psmdcp" Id="R79f4f6ada0344734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Info" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$N$34</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>TermCode</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
   <x:si>
     <x:t>Grade Submission Deadline</x:t>
   </x:si>
   <x:si>
     <x:t>5/5/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Grades Available to Students</x:t>
   </x:si>
   <x:si>
     <x:t>5/6/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Degree Confirmation Date for Spring Candidates</x:t>
   </x:si>
   <x:si>
     <x:t>5/8/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This spreadsheet file was generated on </x:t>
   </x:si>
   <x:si>
-    <x:t>Saturday, December 13, 2025 at 11:42 PM.</x:t>
+    <x:t>Sunday, February 01, 2026 at 2:24 PM.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>This information may be subject to change at any</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">time. Please review the online academic calendar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">often. Go to https://registrar.gatech.edu/calendar. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>