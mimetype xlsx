--- v2 (2026-02-01)
+++ v3 (2026-02-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re30ac48d869d4254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b264d5ac5b9e49e5b60f04317165892c.psmdcp" Id="R79f4f6ada0344734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0d12298f214e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ff182e3c1ee4b2483cb1e31749ee56b.psmdcp" Id="R8b4011543c0e4d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Info" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$N$34</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>TermCode</x:t>
   </x:si>
   <x:si>
@@ -299,51 +299,51 @@
   <x:si>
     <x:t>Grade Submission Deadline</x:t>
   </x:si>
   <x:si>
     <x:t>5/5/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Grades Available to Students</x:t>
   </x:si>
   <x:si>
     <x:t>5/6/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Degree Confirmation Date for Spring Candidates</x:t>
   </x:si>
   <x:si>
     <x:t>5/8/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This spreadsheet file was generated on </x:t>
   </x:si>
   <x:si>
-    <x:t>Sunday, February 01, 2026 at 2:24 PM.</x:t>
+    <x:t>Sunday, February 01, 2026 at 4:09 PM.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>This information may be subject to change at any</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">time. Please review the online academic calendar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">often. Go to https://registrar.gatech.edu/calendar. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>