--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf2029308c0c432e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c23f0d071e944d04a74b7f833aa671c5.psmdcp" Id="R362dca4d60044f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332ca2d358924e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05cc634a3f254129ba20ab8ccf83e331.psmdcp" Id="R8e5d766ff05e45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Info" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$N$58</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>TermCode</x:t>
   </x:si>
   <x:si>
@@ -485,51 +485,51 @@
   <x:si>
     <x:t>Diplomas Delivered within 8 weeks</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Winter Break</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Closed</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2018</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This spreadsheet file was generated on </x:t>
   </x:si>
   <x:si>
-    <x:t>Monday, November 03, 2025 at 8:17 PM.</x:t>
+    <x:t>Saturday, January 03, 2026 at 4:26 PM.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>This information may be subject to change at any</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">time. Please review the online academic calendar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">often. Go to https://registrar.gatech.edu/calendar. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>