--- v1 (2026-01-03)
+++ v2 (2026-02-22)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332ca2d358924e83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/05cc634a3f254129ba20ab8ccf83e331.psmdcp" Id="R8e5d766ff05e45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5151bbf294fa41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/94528615a2654967812e6c835a1ae896.psmdcp" Id="R2af115ff02464940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sheet 1" sheetId="2" r:id="rId2"/>
     <x:sheet name="Info" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet 1'!$A$1:$N$58</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>TermCode</x:t>
   </x:si>
   <x:si>
@@ -485,51 +485,51 @@
   <x:si>
     <x:t>Diplomas Delivered within 8 weeks</x:t>
   </x:si>
   <x:si>
     <x:t>12/20/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Winter Break</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Closed</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2018</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2018</x:t>
   </x:si>
   <x:si>
     <x:t>Note</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">This spreadsheet file was generated on </x:t>
   </x:si>
   <x:si>
-    <x:t>Saturday, January 03, 2026 at 4:26 PM.</x:t>
+    <x:t>Sunday, February 22, 2026 at 8:37 AM.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t>This information may be subject to change at any</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">time. Please review the online academic calendar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">often. Go to https://registrar.gatech.edu/calendar. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>